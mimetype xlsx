--- v0 (2025-10-06)
+++ v1 (2026-01-06)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1421" uniqueCount="812">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1659" uniqueCount="947">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -737,50 +737,62 @@
     <t>1534</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1534/055-ver.scheila-instituir_o_transporte_circular.pdf</t>
   </si>
   <si>
     <t>A VEREADORA SCHEILA MORELI GUZZI requereu:_x000D_
 Junto a Prefeitura Municipal que seja instituído em Jaguapitã o transporte  circular.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1569/56-2025-bancada_parlamentar-programa_itaipu.pdf</t>
   </si>
   <si>
     <t>A BANCADA PARLAMENTAR(TODOS OS VEREADORES) requereram informações sobre a situação do Repasse 4111902/2023-Programa da Itaipu Mais que Energia e também da Verba destinada pelo Ministério Público para a Secretaria do Meio Ambiente.</t>
   </si>
   <si>
+    <t>1588</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1588/057-2025-scheila-brinquedos-praca_sao_jose-desgastados.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora Scheila Moreli Guzzi requereu junto a Prefeitura Municipal que seja feita uma revisão no Bebedouro instalado no Parquinho da Praça São José e também uma manutenção em todos os parquinhos da cidade principalmente no da Praça São José e também nos demais Parquinhos que necessitarem.</t>
+  </si>
+  <si>
     <t>1533</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1533/058-ver.maria_lucia-guarda_e_cameras_de_seguranca_na_rodoviaria.pdf</t>
   </si>
   <si>
     <t>A VEREADORA MARIA LUCIA SILVA SANTOS requereu:_x000D_
 "Que seja colocado um guarda e câmeras de segurança na RODOVIÁRIA.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1532/059-rafael_paladine-curso_ceap-curitiba.pdf</t>
   </si>
   <si>
     <t>O SERVIDOR PÚBLICO RAFAEL PALADINE VIEIRA requereu:_x000D_
  Participar do masterclass "ASSESSOR JURÍDICO E PROCURADOR MUNICIPAL - CAPACITAÇÃO COMPLETA PARA ATUAÇÃO JURÍDICA NAS PREFEITURAS E CÂMARAS MUNICIPAIS', realizado nos dias 25 a 28 de março de 2025, pelo Centro de Estudos da Administração Pública - CEAP Brasil, em Curitiba, Estado do Paranà&gt;</t>
   </si>
@@ -1719,74 +1731,98 @@
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1422/137-maria-scheila-reforma_geral-salao_comunitario_da_vila_rural.pdf</t>
   </si>
   <si>
     <t>AS VEREADORAS MARIA LÚCIA SILVA SANTOS E SCHEILA MORELI GUZZI requereram que seja feito uma reforma geral no Salão Comunitário da Vila Rural.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1423/138-ver.scheila-lista_de_espera_por_vagas_em_creche.pdf</t>
   </si>
   <si>
     <t>A VEREADORA SCHEILA MORELI GUZZI requereu junto a Prefeitura Municipal que torne pública a lista de espera por vagas em creche, divulgando nas redes sociais da Prefeitura e Secretaria Municipal de Educação (Site da Prefeitura, Instagram, Facebook do SEMEC) e que essa relação seja atualizada regularmente e que nela também conste data do contato com as famílias bem como o termo de desistência caso a família dispense a vaga.</t>
   </si>
   <si>
+    <t>1587</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1587/139-2025-scheila-cacamba_funeraria.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora Scheila Moreli Guzzi requereu junto a Prefeitura Municipal que seja adquirida uma caçamba funerária para uso exclusivo no cemitério municipal.</t>
+  </si>
+  <si>
     <t>1424</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1424/140-alguns_ver.-sala_especializada-autismo.pdf</t>
   </si>
   <si>
     <t>AS VEREADORAS SCHEILA MORELI GUZZI, MARIA LÚCIA SILVA SANTOS E JOSÉ ROBERTO BOTELHO requereram:_x000D_
 "Que seja criado em nosso Município uma sala para atendimento especializado a crianças com o transtorno em espectro autista.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1425/141-ver.thanya-adquirir_novas_camisolas_para_o_hospital_municipal.pdf</t>
   </si>
   <si>
     <t>A VEREADORA THANYA REGINA MARIOTO CRUZ requereu:_x000D_
 "Que a Prefeitura Municipal de Jaguapitã através da Secretaria de Saúde adquira novas camisolas hospitalares para o Hospital Municipal.</t>
+  </si>
+  <si>
+    <t>1586</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1586/142-2025-thanya-cmei_jd_oliveira_seja_nominado_de_...amaral_zacardi.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora Thanya Regina Marioto Cruz requereu que o CMEI que será construído no Jardim Oliveira seja nominado de CMEI Professor José do Amaral Zacardi.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1426/143-ver.scheila-maria-terreno_no_der.pdf</t>
   </si>
   <si>
     <t>AS VEREADORAS SCHEILA MORELI GUZZI E MARIA LÚCIA SILVA SANTOS requereram:_x000D_
 "Que seja verificada pelo setor competente a possibilidade de se fazer uma reforma geral nas dependências do Terreno do DER de uso da Prefeitura localizado na Avenida São Paulo.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1427/144-ivan_takemoto-pos-especalizacao_em_gestao_estrategica_da_ti.pdf</t>
   </si>
   <si>
     <t>O SERVIDOR PÚBLICO IVAN TAKEMOTO, IVAN TAKEMOTO requer Progressão do seu cargo de acordo com a Lei Complementar nº 001/2011, do Plano de Cargos, Carreira e Vencimentos, devido concluir sua Pós-Graduação de "Especialização em Gestão Estratégica em TI - 360 hs, do Conselho Nacional de Educação.</t>
@@ -2345,50 +2381,62 @@
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1577/190-2025-informacoes_p_viabilidade_de_ampliar_o_atendimento_do_laboratorio_municipal.pdf</t>
   </si>
   <si>
     <t>O Vereador José Roberto Botelho requereu junto a administração  a informação referente a laboratórios de análises clínicas de forma detalhada com a quantidade de exames e valor gasto tanto nos laboratórios particulares quanto no municipal de janeiro a junho de 2025.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1578/191-2025-secretaria_de_educacao_adquira_camas_empilhaveis_p_os_cmeis.pdf</t>
   </si>
   <si>
     <t>Os vereadores Anderleia Fabiana da Costa e Paulo Sérgio Tuzini requereram que a Secretaria de Educação adquira Camas empilháveis para os CMEIs.</t>
   </si>
   <si>
+    <t>1579</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1579/192-2025-recontratar_a_dermatologista_dr._estela.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores Anderleia Fabiana da Costa e Paulo Sérgio Tuzini requereram que seja analisado pelo setor competente a possibilidade de se recontratar a médica dermatologista Dra. Estela.</t>
+  </si>
+  <si>
     <t>1572</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1572/194-2025-scheila-lucia-diarias-lei_no_058-2022.pdf</t>
   </si>
   <si>
     <t>Os vereadores Scheila Moreli Guzzi e Maria Lúcia Silva Santos requereram junto a Prefeitura Municipal que seja feito uma revisão na Lei nº 058/2022-Lei que regulamenta as Diárias, solicitando atenção urgente quanto à valorização e ao pagamento imediato das diárias dos motoristas e enfermeiros que realizam o transporte da saúde.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1574/195-2025-thanya-transporte_coletivo_no_municipio.pdf</t>
   </si>
   <si>
     <t>A vereadora Thanya Regina Marioto Cruz requereu a realização de estudo quanto à viabilidade de implantação de transporte coletivo no município, com a criação de linhas que atendam adequadamente às necessidades da população.</t>
   </si>
   <si>
     <t>1480</t>
@@ -2422,50 +2470,122 @@
   <si>
     <t>198</t>
   </si>
   <si>
     <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1482/198-algunsver.-transtorno_do_espectro_autista.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES JOSÉ ROBERTO BOTELHO, MARIA LÚCIA SILVA SANTOS E SCHEILA MORELI GUZZI requereram:_x000D_
 Após ouvido o Plenário, que seja oficiado ao setor competente da Prefeitura Municipal de Jaguapitã, "Solicitando a implantação de vagas azuis de estacionamento e pontos de atendimento preferencial destinados a pessoas com Transtorno do Espectro Autista (TEA), nas vias públicas e em estabelecimentos comerciais de grande circulação, como supermercados, bancos, farmácias e outros".</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1483/199-ver.thanya-transporte_escolar-documentacao.pdf</t>
   </si>
   <si>
     <t>A VEEREDORA THANYA REGINA MARIOTO CRUZ requereu:_x000D_
 Informações referente ao Transporte Escolar e apresente documentação comprovatória._x000D_
 Justificativa: Tenho recebido diversas denúncias de condutores  do Transporte Escolar sem a formação necessária, ônibus com a documentação vencida, e monitores de ônibus sem a formação e em desvio de função.</t>
   </si>
   <si>
+    <t>1580</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1580/200-2025-contratar_um_dermatologista.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores Anderleia Fabiana da Costa e Paulo Sérgio Tuzini requereram que seja analisado pelo setor competente a possibilidade de se contratar um médico dematologista.</t>
+  </si>
+  <si>
+    <t>1581</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1581/201-2025-porta_p_saida_de_emergencia_na_escola_paulo_freire.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores Anderleia Fabiana da Costa e Paulo Sérgio Tuzini requereram que seja feito na Escola Paulo Freire pelo lado de fora do corredor das salas de aula uma rampa de acesso para a porta da saída de emergência.</t>
+  </si>
+  <si>
+    <t>1582</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1582/202-2025-instalar_quebra-molas.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora Thanya Regina Marioto Cruz requereu que seja instalado um quebra molas na esquina da Av. São Paulo no cruzamento com a Rua Ceará.</t>
+  </si>
+  <si>
+    <t>1583</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1583/203-2025-piso_tatil_nas_calcadas_publicas.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores José Roberto Botelho, Maria Lucia Silva Santos e Scheila Moreli Guzi requereram que seja feita a implantação de piso tátil nas calçadas públicas, conforme estabelece a NBR 9050 da ABNT e a Lei Federal nº 10.098/2000.</t>
+  </si>
+  <si>
+    <t>1584</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1584/204-2025-manutencao_das_portas_das_escolas_e_cmeis.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores José Roberto Botelh, Maria Lucia Silva Santos e Scheila Moreli Guzi requereram que seja realizado a manutenção nas portas e portões das Escolas e CMEIs e substituídas aquelas portas em piores situações.</t>
+  </si>
+  <si>
+    <t>1585</t>
+  </si>
+  <si>
+    <t>205</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1585/205-2025-consertar_buraco-rua_izidoro_sandoli.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores José Roberto Botelho, Maria Lucia Silva Santos e Scheila Moreli Guzi requereram que seja realizado o conserto de um buraco (achatamento no asfalto) localizado na Rua Izidoro Sandoli próximo a casa nº 1 no Conjunto Rosa, tendo em vista os transtornos causados à populaçâo e os riscos à segurança de motoristas e pedestres.</t>
+  </si>
+  <si>
     <t>1573</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1573/206-2025-cras.pdf</t>
   </si>
   <si>
     <t>Os vereadores Anderleia Fabiana da Costa e Paulo Sergio Tuzini requereram que seja feita uma limpeza geral nas dependências externas do CRAS assim como na calçada da rua, e também que faça os reparos necessários em um TV que está sem uso há um tempo considerável.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1486/207-ver.anderleia-paulo-tea-neuropediatra.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES PAULO SÉRGIO TUZINI E ANDERLEIA FABIANA DA COSTA requereram:_x000D_
 "Que seja contratado um Neuropediatra para atendimento em nossa rede de saúde municipal"_x000D_
 Com o grande número de crianças autistas que temo em nosso município é de grande importância o trabalho de um Neuropediatra, pois é o médico especializado no desenvolvimento e doenças do sistema nervoso em crianças e adolescentes.</t>
   </si>
@@ -2603,50 +2723,350 @@
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1523/219-vereadores-instalacao_de_lixeiras.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES JOSÉ ROBERTO BOTELHO, MARIA LÚCIA SILVA SANTOS, SCHEILA MORELI GUZZI E THANYA REGINA MARIOTO CRUZ, requereram:_x000D_
 "Após ouvido o Plenário, que seja oficiado ao Poder Executivo Municipal solicitando a instalação de lixeiras seletivas nas escolas municipais e nos prédios públicos da cidade.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1488/221-andre_mello-5a-pos-graduacao.pdf</t>
   </si>
   <si>
     <t>O SERVIDOR PÚBLICO ANDRÉ LUIS DE MELLO, requereu:_x000D_
 Progressão do seu cargo de acordo com a Lei Complementar nº 001/2011, do Plano de Cargos, Carreira e Vencimentos, devido constar a conclusão de curso da 5ª Pós-Graduação em COMPLIANCE GOVERNAMENTAL E CORPORATIVO - 400 HORAS, da Câmara de Educação Superior do Conselho Nacional de Educação, conforme certificado em Anexo.</t>
+  </si>
+  <si>
+    <t>1589</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1589/222-2025-informacoes_dos_estagiarios.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora Thanya Regina Marioto Cruz requereu informações referentes aos Profissionais(e estagiários) em sala de aula._x000D_
+JUSTIFICATIVA: A presente solicitação tem por objetivo garantir a devida fiscalização e acompanhamento das ações da Secretaria Municipal de Educação, assegurando transparência na gestão dos recursos humanos. Destaca-se a relevância de verificar se estagiários e monitores estão devidamente preparados e capacitados para o exercício de suas funções, especialmente no atendimento a crianças com deficiência ou necessidades educacionais especiais, tarefa que exige formação específica e cuidados técnicos adequados para assegurar o desenvolvimento pleno dos alunos e o cumprimento da legislação educacional vigente.</t>
+  </si>
+  <si>
+    <t>1590</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1590/223-anderleia-paulo-sinalizacao_das_ruas.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores Anderleia Fabiana da Costa e Paulo Sergio Tuzini requereram que seja feito uma melhor sinalização ligando as Ruas Avelino Cordeiro, Rio Grande do Sul e Avenida Paraná.</t>
+  </si>
+  <si>
+    <t>1591</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1591/224-2025-scheila-tampas_de_bueiros.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora Scheila Moreli Guzzi requereu a reposição e/ou instalação de tampas nos bueiros localizados nas vias públicas dos bairros Alto da Gruta e Conjunto Alfredo Baticioto.</t>
+  </si>
+  <si>
+    <t>1592</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1592/225-2025-lucia_e_scheila-estacionamento_cida_nascimento.pdf</t>
+  </si>
+  <si>
+    <t>As vereadoras Maria Lucia Silva Santos e Scheila Moreli Guzzi requereram a criação de um estacionamento no CMEI Cida Nascimento.</t>
+  </si>
+  <si>
+    <t>1593</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1593/226-2025-instalar_corrimao_na_casa_de_apoio-londrina.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora Maria Lúcia Silva Santos requereu que seja instalado na entrada da Casa de Apoio em Londrina um corrimão._x000D_
+_x000D_
+O suposto requerimento foi arquivado pela requerente.</t>
+  </si>
+  <si>
+    <t>1594</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1594/227-2025-conservacao_das_calcadas_muros_e_grades_nas_escolas.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora Scheila Moreli Guzzi requereu que seja oficiado ao Poder Executivo Municipal, através da Secretaria competente, para que seja providenciada a manutenção e recuperação das calçadas, pintura bem como a manutenção dos parquinhos e a colocação/reparo da grama sintética nas escolas municipais.</t>
+  </si>
+  <si>
+    <t>1595</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1595/228-2025-instalar_ponto_de_onibus_em_frente_ao_hospital.pdf</t>
+  </si>
+  <si>
+    <t>As vereadoras Scheila Moreli Guzzi e Thanya Regina Marioto Cuz requereram que seja oficiado ao Poder Executivo Municipal a instalação de um ponto de   ^_x000D_
+ônibus (local de embarque e desembarque de passageiros) em frente ao Hospital Municipal.</t>
+  </si>
+  <si>
+    <t>1596</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1596/229-2025-scheila-lucia-seguranca_no_trafego_de_veiculos_e_pedestres.pdf</t>
+  </si>
+  <si>
+    <t>As vereadoras Scheila Moreli Guzzi e Maria Lucia Silva Santos requereram à Secretaria Municipal de Obras e ao Setor de Trânsito, solicitando a implantação de quebra-molas elevados (lombadas elevadas) com a devida demarcação de faixas de pedestres em pontos estratégicos do município, especialmente em frente às escolas, igrejas, praças e locais de grande fluxo de pessoas.</t>
+  </si>
+  <si>
+    <t>1597</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1597/230-2025-scheila-instalar_parque-conjunto_alto_da_gruta.pdf</t>
+  </si>
+  <si>
+    <t>AS vereadoras Scheila Moreli Guzzi e Maria Lucia Silva Santos requereram para que estude a possibilidade de instalar um parquinho infantil no Conjunto Alto da Gruta.</t>
+  </si>
+  <si>
+    <t>1598</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1598/231-2025-algunsver-tapa-buraco-proximo_forum_eleitoral.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores José Roberto Botelho, Maria Lucia Silva Santos e Scheila Moreli Guzzi requereram a realização do serviço de tapa-buraco na Rua de entrada para Santa Amélia e Conjunto Paião próximo ao fórum eleitoral.</t>
+  </si>
+  <si>
+    <t>1599</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1599/236-2025-scheila-solic.inform-eleicao_de_diretores_do_ensino_infantil.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora Scheila Moreli Guzzi solicitou informações sobre o processo de eleição de diretores(as) das Escolas e Centros Municipais de Educação Infantil (CMEIs), conforme já previsto na legislação vigente e em atendimento ao princípio da gestão democrática do ensino público, garantido pela Constituição Federal e pela Lei de Diretrizes e Bases da Educação (LDB)._x000D_
+_x000D_
+Considerando que o mandato dos(as) diretores(as) é de dois anos, requer que sejam informados:_x000D_
+- A data de abertura do próximo processo eleitoral;_x000D_
+- Os prazos para inscrição de chapas.</t>
+  </si>
+  <si>
+    <t>1600</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1600/237-2025-thanya-scheila-plano_de_saude-assis.odont-funeraria.pdf</t>
+  </si>
+  <si>
+    <t>AS vereadoras Thanya Regina Marioto Cruz e Scheila Moreli Guzzi requereram que seja realizado estudo pela gestão municipal acerca da viabilidade e possibilidade de implementação de um plano de saúde e assistência odontológica e de um plano de assistência funeral para os funcionários da Prefeitura.</t>
+  </si>
+  <si>
+    <t>1601</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1601/238-2025-abel-travesdefutsal-espaco_thaeme.pdf</t>
+  </si>
+  <si>
+    <t>O vereador Abel de Abreu Passos requereu que seja colocado Traves de Futsal Móveis na quadra localizada no Espaço Thaeme.</t>
+  </si>
+  <si>
+    <t>1602</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1602/240-2025-thanya-informacoes_do_auxiliar_de_dentista.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora Thanya Regina Marioto Cruz requereu informações referente ao cargo de auxiliar de dentista, como segue abaixo:_x000D_
+- O porque esta faltando profissionais;_x000D_
+- O porque não convocou aqueles que passaram no concurso e se há previsão para a convocação;_x000D_
+- Se é verdade que na U.B.S. Dona Conchita o Dentista não está atendendo regularmente por falta de auxiliar.</t>
+  </si>
+  <si>
+    <t>1603</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1603/241-2025-thanya-scheila-cameras_de_monitoramento.pdf</t>
+  </si>
+  <si>
+    <t>As vereadoras Scheila Moreli Guzzi e Thanya Regina Marioto Cruz solicita a instalação de câmeras de monitoramento nas escolas municipais, abrangendo os pátios, corredores e pontos estratégicos, visando garantir maior segurança aos alunos, professores, servidores e toda comunidade escolar.</t>
+  </si>
+  <si>
+    <t>1604</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1604/242-2025-scheila-implantacao_de_aulas_de_defesa.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora Scheila Moreli Guzzi requer que seja oficiado ao Poder Executivo Municipal, para que, por meio das Secretarias de Assistência Social, Educação, Esporte e Saúde, estude-se a viabilidade de implantação de aulas de autodefesa em projetos voltados à comunidade, com vistas à prevenção, fortalecimento da cidadania e promoção da qualidade de vida.</t>
+  </si>
+  <si>
+    <t>1605</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
+    <t>Os vereadores Anderleia Fabiana da Costa, Maria Lucia Silva Santos e Paulo Sergio Tuzini requereram que as famílias de baixa-renda, já credenciadas no CRAS, sejam incluídas no Programa da Agricultura Familiar, a fim de receberem as verduras constantes desse Programa.</t>
+  </si>
+  <si>
+    <t>1606</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1606/244-2025-algunsver-desfibrilador.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores Abel de Abreu Passos, Jivanildo Lima da Silva, José Roberto Botelho, Scheila Moreli Guzzi e Thanya Regina Marioto Cruz solicitaram a aquisição de um DESFIBRILADOR EXTERNO AUTOMÁTICO (DEA).</t>
+  </si>
+  <si>
+    <t>1608</t>
+  </si>
+  <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1608/245-2025-algunsver-aparelho_eletrocardiograma.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores Abel de Abreu Passos, Jivanildo Lima da Silva, José Roberto Botelho, Scheila Moreli Guzzi e Thanya Regina Marito solicitaram um aparelho de Eletrocardiograma.</t>
+  </si>
+  <si>
+    <t>1607</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1607/246-2025-jivanildo-um_novo_horario_para_londrina-onibus.pdf</t>
+  </si>
+  <si>
+    <t>O vereador Jivanildo Lima da Silva requereu junto ao Poder Executivo que seja implementado em nosso município outro horário para a linha de Jaguapitã-Londrina-Jagupitã de ônibus para Transporte da Saúde.</t>
+  </si>
+  <si>
+    <t>1609</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1609/247-algunsver.informacoes_da_medica_veterinaria.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores Anderleia Fabiana da Costa, Jivanildo Lima da Silva, Maria Lucia Silva Santos e Paulo Sergio Tuzini requereram que a Secretaria da Agricultura e Meio Ambiente através da Médica Veterinária responsável pelo programa de atendimento a animais e fornecimento de medicamentos veterinários preste algumas informações a respeito de procedimentos veterinários prestado pelo nosso município.</t>
+  </si>
+  <si>
+    <t>1610</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1610/248-2025-bancada_parlamentar-aparelho_recover_mmo_de_laserterapia.pdf</t>
+  </si>
+  <si>
+    <t>A Bancada Parlamentar (Todos os Vereadores)  requereram a aquisição de um aparelho Recover MMO de Laserterapia e Terapia Fotodinâmica Bivolt para as nossas Unidades Básicas de Saúde, a fim de equipar nossa rede de saúde e garantir tratamentos de lesões na pele e escaras.</t>
+  </si>
+  <si>
+    <t>1611</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1611/249-2025-anderleia-visita_ao_dep._cobra_reporter.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora Anderleia Fabiana da Costa requereu uma diária para acompanhar o Prefeito Edson Rodrigues em deslocamento até a capital do Estado para tratarem de assuntos de interesse do município em visita ao gabinete do Deputado Cobra Reporter com saída prevista no dia 23/09/2025 ás 4:00 horas e retorno no dia 24/09/2025 às 08:00 horas._x000D_
+_x000D_
+O referido Requerimento da vereadora Anderleia foi cancelado pela requerente a pedido dela.</t>
+  </si>
+  <si>
+    <t>1612</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1612/251-2025-liria-curso_inteligencia_artificial.pdf</t>
+  </si>
+  <si>
+    <t>A servidora pública LIRIA HELENA GOLFETTO desta Câmara Municipal de Jaguapitã-Pr requereu participação do curso "SMARTGOV INTELIGÊNCIA ARTIFICIAL NAS FASES DE PLANEJAMENTO, GESTÃO E FISCALIZAÇÃO DE CONTRATOS E PESQUISA DE PREÇOS, sendo realizado nos dias 29 a 31 de outubro, pela CGP - Centro de Capacitação em Gestão Pública, em Foz do Iguaçu-Pr._x000D_
+_x000D_
+O referente requerimento foi arquivado a pedido da Requerente.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2950,56 +3370,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1489/001-tcepr-responder_questionario.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1490/002-vereadora_anderleia-setor_agricola.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1491/003-vereadora_anderleia-feira_do_produtor.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1492/004-vereadora_scheila-onibus_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1493/005-ver.thanya-colocar_um_morador_em_cada_ubs.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1494/006-ver.scheila-thanya-cameras_de_seguranca-cemiterio.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1495/007-ver.anderleia-pedido_func._saude.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1496/008-serv.ivan_takemoto-elevacao_de_nivel.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1497/009-serv.giovana-elevacao_de_nivel.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1498/010-ver.anderleia-atender_pedido_de_func._da_saude.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1499/011-ver._maria_lucia-pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1500/012-ver.abel_passos-predios_publicos.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1501/013-ver.abel-identificacao_das_ruas-sinalizacao_de_transito.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1502/014-ver.maria_lucia-camera_de_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1504/016-ver.jose-melhorias_em_2_pontes.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1505/017-ver.thanya-funci._terceirizados.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1506/018-ver.thanya-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1507/019-ver.scheila-pavimentacao_rua_cambe.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1508/020-ver.maria_lucia-quebra-molas-hospital.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1509/021-ver.maria_lucia-rampa.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1510/022-ver.scheila-revisao_plano_de_carreira_dos_servidores_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1511/023-ver.jose-pista-estadio_municipal.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1512/024-daiane-passe_livre.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1513/025-todos_os_vereadores_samae.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1514/026-ver.scheila-cobertura_nos_parquinhos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1515/027-eliana-pos-faculdade_dom_alberto.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1516/028-ver.jivanildo-casa_de_apoio_em_londrina.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1517/029-ver.abel-vila_rural.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1518/030-ver.anderleia-calcada-escola_newton_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1519/031-ver.anderleia-rua_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1520/032-ver.anderleia-reforma_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1521/033-verea.anderleia-av._avelino_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1522/034-ver.maria_lucia-instalacao_de_barras.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1551/035-eliana_marioto-5a_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1550/036-ver.thanya-agua_do_iraja.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1549/037-adv.rafael_paladine-curso-portal_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1548/038-andre_mello-curso_portal_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1547/042-abel_passos-cartao_para_adesivo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1546/043-jiva-scheila-paulo-conselheiros_tutelares-remuneracao.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1545/044-secretaria_de_industria_e_comercio-criacao.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1544/045-jd._brisas_do_monte-guia_p_cegos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1543/046-maria_lucia-ponto_de_onibus-rua_jacinto_minto.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1542/047-ver.scheila-parquinho_da_praca_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1541/048-ver.anderleia-alteracoes_no_transito_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1540/049-ver.anderleia-academia_de_saude-corrimao_na_rampa.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1539/050-ver.anderleia-iluminacao_publica_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1538/051-rafael_paladine-tempo_de_servico-elevacal_1_nivel.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1537/052-andre_mello-tempo_de_servico-elevacao_de_1_nivel.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1536/053-eliana_marioto-tempo_de_servico-elevacao_de_1_nivel.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1535/054-rosilene_cristina-tempo_de_servico-elevacao_de_1_nivel.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1534/055-ver.scheila-instituir_o_transporte_circular.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1569/56-2025-bancada_parlamentar-programa_itaipu.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1533/058-ver.maria_lucia-guarda_e_cameras_de_seguranca_na_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1532/059-rafael_paladine-curso_ceap-curitiba.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1531/060-ver.anderleia-instalar_no_hospital-aparerelho_refrigerador.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1466/062-ver.sxheila-alambrados_em_volta_dos_parquinhos.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1467/063-todos_vereadores-uniformes-hospital.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1468/064-ver.thanya-inf.servico_de_convivencia_dos_idosos.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1469/065-ver.anderleia-convocacao_do_setor__viacao.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1470/066-ver.jivanildo-curso_ceap-curitiba.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1471/067-a-ver.anderleia-instalacao_de_hidrantes.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1472/068-ver.anderleia-reforma_geral-rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1473/069-ver.anderleia-refeitorio-ampliacao-newton_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1474/070-scheila-maria-jiva-escoamento_de_agua.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1475/071-ver.abel_passos-escoamento_de_agua.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1570/072-lucia-scheila-rua_placido_de_castro.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1476/074-ver.thanya-zeladores-estagiarios-ceia_rolim-diponibilidade.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1361/075-ver.thanya-proibir_de_estacionar_um_lado_na_rua_para.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1364/077-ver.maria-limpeza-praca-cmei_rita_de_cassia.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1365/078-ver.maria-faixa_de_pedestre_rua_placido_de_castro.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1366/079-ver.scheila-maria-contratacao_de_equipe_multidisciplinar.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1367/080-inculir_calendario_municipal_de_eventos-semana_de_patria.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1368/081-deputado_paulo_gomes.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1369/082-fernando-2a_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1370/084-cachorros_nas_ruas-lei_federal_no_2140_de_2011.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1371/085-ver.scheila-assessoria_pedagogica_nas_escolas_e_cmeis.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1373/087-ver.scheila-reforma_biblioteca_cidada.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1374/088-ver.scheila-jivanildo-cessao-imovel_p_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1375/089-ver.scheila-construir_quadra_esportiva_no_newton_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1376/090-ver.maria-scheila-marco_de_entrada.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1378/091-ver.jose-data_showetc-centro_agropecuario.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1377/092-nomear_a_ubs_do_jd._oliveira_e_dr._manoel_martin.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1379/093-ver.maria-anderleia-scheila-thanya-violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1380/094-ver.scheila-maria-jose-rua_zacarias_marcelino.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1381/095-ver.scheila-maria-jose-cmei_cida_nascimento.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1382/096-extincao_do_ensino_integral_na_rede_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1383/097-ver.thanya-denuncias_de_tres_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1384/098-vereadores-implementar_procon_em_jaguapita.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1385/099-ver.jose-fixcalizacao_em_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1386/100-iluminacao_publica-jd._primavera.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1387/101-ver.maria-residencial_oliveira_seja_construido_uma_cmei.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1388/102-implementar_a_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1389/103-fernando_bigotto-tempo_de_servico-elevacao_de_nivel.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1390/104-ver.juvaldi-anderleia-sinalizacao_de_ponto_de_onibus_2.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1391/105-ver.juvaldi-anderleia-sinalizacao_de_ponto_de_onibus_1.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1392/106-ver.thanya-veiculos_p_buscar_idosos_no_dia_do_bingo.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1393/107-ivan_takemoto-80_hs_de_curso.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1394/108-ver.anderleia-elaboracao_de_um_anteprojeto_de_lei-fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1395/109-ver.scheila-maria-rua_pernambuco_e_estreita.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1396/110-ver.scheila-maria-iluminacao_na_veila_atras_do_clube_jatec.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1397/111-ver.thanya-disponibilizar_piscina_aos_idosos-servico_de_convivencia.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1398/112-criar_um_projeto_de_lei-remocao_de_veiculos_abandonados.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1399/113-ver.maria-instalar_na_vila_operaria_uma_academia_de_saude.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1400/114-ver.thanya-para_contratar_medico__obstreta_para_gestantes.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1401/115-ver.jivanildo-cobertura_na_lateral_do_estadio_maguila.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1402/116-ver.jivanildo-estadio_municipal-construir_imprensa_tres_cabines.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1403/117-ver.thanya-protetor_solar_e_repelente_servidores_que_trabalham_nas_ruas.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1404/118-ver.maria-scheila-fiscalizacao_da_calcada_em_volta_do_jatec.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1405/119-ver.maria-scheila-iluminacao_no_patio_der-locallizado_na_av._sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1406/120-fernando_b_ribeiro-80_hs_curso_realizado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1407/121-vereadores-projeto_de_reciclagem_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1408/122-ver.anderleia-transformar_a_rua_em_viela_atras_do_clube_jatec.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1409/123-ver.anderleia-jose-sxheila-parquinho-praca_central.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1410/124-ver.maria-scheila-campinho_na_vila_operaria.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1477/125-ver.maria-scheila-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1411/126-giovana-2a_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1412/127-giovana-_3a_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1413/128-alguns_vereadores-dificuldade_no_transito_da_rua_rolandia.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1414/129-jiva-scheila-programa_saude_na_escolapse0.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1415/130-ivan_takemoto-negado_4a_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1416/131-andre_mello-curso_tce-pr_em_maringa-pr.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1417/132-rafael_paladine--curso_tce-pr_em_maringa-pr.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1418/133-ver.scheila-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1419/134-alguns_vere.contratar_profissionais_de_psicologia.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1420/135-alguns_ver.-banheiro-calcada-reforma-newton_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1421/136-alguns_ver.-asfaltar_final_da_rua_janina_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1422/137-maria-scheila-reforma_geral-salao_comunitario_da_vila_rural.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1423/138-ver.scheila-lista_de_espera_por_vagas_em_creche.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1424/140-alguns_ver.-sala_especializada-autismo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1425/141-ver.thanya-adquirir_novas_camisolas_para_o_hospital_municipal.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1426/143-ver.scheila-maria-terreno_no_der.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1427/144-ivan_takemoto-pos-especalizacao_em_gestao_estrategica_da_ti.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1428/145-fernando-4apos_em_mba_gestao_publica.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1429/146-ivan_takemoto-_pos-especializacao_em_seguranca_da_informacao.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1430/147-fernando-pos-_em_mba_pericia_contabil.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1478/148-ver.abel-viveiro_municipal.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1571/149-2025-lucia-scheila-jose-residencial_bela.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1431/150-luis-sagu-pedido-documentacao_p_aposentadoria.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1432/151-ver.thanya-arquivado.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1433/152-miliane_barbosa-curso_tcepr-londrina.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1434/153-liria_golfetto-curso_tcepr-londrina.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1435/154-andre_mello-curso_tcepr-londrina.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1436/155-miliane_de_melo_barbosa-curso_em_curitiba-pr.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1437/156-liria_golfetto-curso_em_curitiba-pr.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1438/157-andre_mello-curso_em_curitiba-pr.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1439/158-giovana-40_hs_de_curso_realizado.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1440/159-rafael_paladine-curso_na_ass.legislativa--curitiba.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1441/160-alguns_ver.-tapa_buracos.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1442/161-alguns_ver.-troncos_das_arvores.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1443/162-ver.scheila-maria-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1444/163-ver.scheila-maria-cameras_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1445/164-req._transformado_em_anteprojeto_de_lei_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1446/165-req_165-2025_transf._em_anteprojeto_de_lei_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1479/166-ivan_takemoto-pos-mba_em_gestao_publica_e_inovacao.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1447/167-ver.maria-scheila-terreno_atras_da_escola_paulo_freire-jd_bela.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1448/168-eliana_marioto-6a_pos-compliance_governamental_e_corporativo.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1449/169-ver._thanya-plano_de_carreira_dos_servidores_municipais.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1450/170-ver.thanya-tornar_mao_unica_2_ruas.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1451/171-alguns_ver-capacitacoes_na_rede_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1452/172-ver.thanya-iluminacao_do_espaco_thaeme.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1453/173-ver.jiva-residencial_rosa-interligar_as_ruas_do_fundo.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1454/174-ver.anderleia-paulo-promover_pelo_menos_uma_vez_um_evento_cultural.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1455/175-alguns_ver._-asfaltar_rua_no_conj._alfredo_baticioto.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1456/176-ver.scheila-maria-jose-praca-academia_de_saude_vila_rural.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1457/177-alguns_ver.-lei_no_13146-2015-tea-espectro_autista.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1458/178-ver.juvaldi-curso_legislativo_experiense-ceap-curitiba.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1459/179-ver.jiva-curso_legislativo_experiense-ceap-curitiba.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1460/180-rafael_paladine-curso_legislativo_experiense-ceap-curitiba.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1461/181-andre_mello-curso_legislativo_experiense-ceap-curitiba.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1462/183-ver.anderleia-paulo-construir_cobertura_ubs_dona_conchita.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1463/184-alguns_ver.instalar_cameras_de_seguranca_e_radar.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1464/185-fernando_ribeiro-pos-direito_administrativo.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1465/187-ver.scheila-maria-jose-espaco_de_lazer-residencial_rosa.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1575/188-2025-saida_de_emergencia-escola_paulo_freire.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1576/189-aparelhos_p_exercicio_fisico_dentro_no_caps.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1577/190-2025-informacoes_p_viabilidade_de_ampliar_o_atendimento_do_laboratorio_municipal.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1578/191-2025-secretaria_de_educacao_adquira_camas_empilhaveis_p_os_cmeis.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1572/194-2025-scheila-lucia-diarias-lei_no_058-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1574/195-2025-thanya-transporte_coletivo_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1480/196-eliana_marioto-80_hs_de_cursos_realizados.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1481/197-fernando_ribeiro_bigotto-pos-direito_constitucional.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1482/198-algunsver.-transtorno_do_espectro_autista.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1483/199-ver.thanya-transporte_escolar-documentacao.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1573/206-2025-cras.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1486/207-ver.anderleia-paulo-tea-neuropediatra.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1484/208-algusnver.-atendimento_odontologico_no_posto_central.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1485/209-algunsver.-programas_de_educacao_digital_etc..pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1487/210-algunsver.reforma_quadra_no_conjunto_franc.consalter.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1530/211-ver.-thanya-iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1529/212-profissional_da_farmacia_ubs_carlos_nascimento-farmacia_especial.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1528/213-anderleia-paulo-contratar_medico_ortopedista.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1527/214-ver.anderleia-paulo-piso_superiior_da_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1526/215-alguns.ver-contratacao_de_um_gari.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1525/216-alguns_ver.-sepultador.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1524/217-alguns_ver.-violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1523/219-vereadores-instalacao_de_lixeiras.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1488/221-andre_mello-5a-pos-graduacao.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1489/001-tcepr-responder_questionario.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1490/002-vereadora_anderleia-setor_agricola.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1491/003-vereadora_anderleia-feira_do_produtor.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1492/004-vereadora_scheila-onibus_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1493/005-ver.thanya-colocar_um_morador_em_cada_ubs.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1494/006-ver.scheila-thanya-cameras_de_seguranca-cemiterio.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1495/007-ver.anderleia-pedido_func._saude.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1496/008-serv.ivan_takemoto-elevacao_de_nivel.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1497/009-serv.giovana-elevacao_de_nivel.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1498/010-ver.anderleia-atender_pedido_de_func._da_saude.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1499/011-ver._maria_lucia-pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1500/012-ver.abel_passos-predios_publicos.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1501/013-ver.abel-identificacao_das_ruas-sinalizacao_de_transito.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1502/014-ver.maria_lucia-camera_de_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1504/016-ver.jose-melhorias_em_2_pontes.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1505/017-ver.thanya-funci._terceirizados.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1506/018-ver.thanya-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1507/019-ver.scheila-pavimentacao_rua_cambe.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1508/020-ver.maria_lucia-quebra-molas-hospital.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1509/021-ver.maria_lucia-rampa.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1510/022-ver.scheila-revisao_plano_de_carreira_dos_servidores_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1511/023-ver.jose-pista-estadio_municipal.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1512/024-daiane-passe_livre.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1513/025-todos_os_vereadores_samae.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1514/026-ver.scheila-cobertura_nos_parquinhos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1515/027-eliana-pos-faculdade_dom_alberto.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1516/028-ver.jivanildo-casa_de_apoio_em_londrina.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1517/029-ver.abel-vila_rural.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1518/030-ver.anderleia-calcada-escola_newton_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1519/031-ver.anderleia-rua_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1520/032-ver.anderleia-reforma_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1521/033-verea.anderleia-av._avelino_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1522/034-ver.maria_lucia-instalacao_de_barras.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1551/035-eliana_marioto-5a_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1550/036-ver.thanya-agua_do_iraja.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1549/037-adv.rafael_paladine-curso-portal_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1548/038-andre_mello-curso_portal_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1547/042-abel_passos-cartao_para_adesivo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1546/043-jiva-scheila-paulo-conselheiros_tutelares-remuneracao.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1545/044-secretaria_de_industria_e_comercio-criacao.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1544/045-jd._brisas_do_monte-guia_p_cegos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1543/046-maria_lucia-ponto_de_onibus-rua_jacinto_minto.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1542/047-ver.scheila-parquinho_da_praca_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1541/048-ver.anderleia-alteracoes_no_transito_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1540/049-ver.anderleia-academia_de_saude-corrimao_na_rampa.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1539/050-ver.anderleia-iluminacao_publica_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1538/051-rafael_paladine-tempo_de_servico-elevacal_1_nivel.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1537/052-andre_mello-tempo_de_servico-elevacao_de_1_nivel.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1536/053-eliana_marioto-tempo_de_servico-elevacao_de_1_nivel.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1535/054-rosilene_cristina-tempo_de_servico-elevacao_de_1_nivel.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1534/055-ver.scheila-instituir_o_transporte_circular.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1569/56-2025-bancada_parlamentar-programa_itaipu.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1588/057-2025-scheila-brinquedos-praca_sao_jose-desgastados.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1533/058-ver.maria_lucia-guarda_e_cameras_de_seguranca_na_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1532/059-rafael_paladine-curso_ceap-curitiba.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1531/060-ver.anderleia-instalar_no_hospital-aparerelho_refrigerador.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1466/062-ver.sxheila-alambrados_em_volta_dos_parquinhos.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1467/063-todos_vereadores-uniformes-hospital.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1468/064-ver.thanya-inf.servico_de_convivencia_dos_idosos.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1469/065-ver.anderleia-convocacao_do_setor__viacao.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1470/066-ver.jivanildo-curso_ceap-curitiba.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1471/067-a-ver.anderleia-instalacao_de_hidrantes.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1472/068-ver.anderleia-reforma_geral-rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1473/069-ver.anderleia-refeitorio-ampliacao-newton_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1474/070-scheila-maria-jiva-escoamento_de_agua.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1475/071-ver.abel_passos-escoamento_de_agua.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1570/072-lucia-scheila-rua_placido_de_castro.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1476/074-ver.thanya-zeladores-estagiarios-ceia_rolim-diponibilidade.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1361/075-ver.thanya-proibir_de_estacionar_um_lado_na_rua_para.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1364/077-ver.maria-limpeza-praca-cmei_rita_de_cassia.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1365/078-ver.maria-faixa_de_pedestre_rua_placido_de_castro.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1366/079-ver.scheila-maria-contratacao_de_equipe_multidisciplinar.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1367/080-inculir_calendario_municipal_de_eventos-semana_de_patria.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1368/081-deputado_paulo_gomes.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1369/082-fernando-2a_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1370/084-cachorros_nas_ruas-lei_federal_no_2140_de_2011.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1371/085-ver.scheila-assessoria_pedagogica_nas_escolas_e_cmeis.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1373/087-ver.scheila-reforma_biblioteca_cidada.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1374/088-ver.scheila-jivanildo-cessao-imovel_p_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1375/089-ver.scheila-construir_quadra_esportiva_no_newton_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1376/090-ver.maria-scheila-marco_de_entrada.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1378/091-ver.jose-data_showetc-centro_agropecuario.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1377/092-nomear_a_ubs_do_jd._oliveira_e_dr._manoel_martin.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1379/093-ver.maria-anderleia-scheila-thanya-violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1380/094-ver.scheila-maria-jose-rua_zacarias_marcelino.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1381/095-ver.scheila-maria-jose-cmei_cida_nascimento.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1382/096-extincao_do_ensino_integral_na_rede_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1383/097-ver.thanya-denuncias_de_tres_funcionarios.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1384/098-vereadores-implementar_procon_em_jaguapita.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1385/099-ver.jose-fixcalizacao_em_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1386/100-iluminacao_publica-jd._primavera.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1387/101-ver.maria-residencial_oliveira_seja_construido_uma_cmei.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1388/102-implementar_a_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1389/103-fernando_bigotto-tempo_de_servico-elevacao_de_nivel.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1390/104-ver.juvaldi-anderleia-sinalizacao_de_ponto_de_onibus_2.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1391/105-ver.juvaldi-anderleia-sinalizacao_de_ponto_de_onibus_1.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1392/106-ver.thanya-veiculos_p_buscar_idosos_no_dia_do_bingo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1393/107-ivan_takemoto-80_hs_de_curso.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1394/108-ver.anderleia-elaboracao_de_um_anteprojeto_de_lei-fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1395/109-ver.scheila-maria-rua_pernambuco_e_estreita.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1396/110-ver.scheila-maria-iluminacao_na_veila_atras_do_clube_jatec.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1397/111-ver.thanya-disponibilizar_piscina_aos_idosos-servico_de_convivencia.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1398/112-criar_um_projeto_de_lei-remocao_de_veiculos_abandonados.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1399/113-ver.maria-instalar_na_vila_operaria_uma_academia_de_saude.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1400/114-ver.thanya-para_contratar_medico__obstreta_para_gestantes.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1401/115-ver.jivanildo-cobertura_na_lateral_do_estadio_maguila.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1402/116-ver.jivanildo-estadio_municipal-construir_imprensa_tres_cabines.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1403/117-ver.thanya-protetor_solar_e_repelente_servidores_que_trabalham_nas_ruas.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1404/118-ver.maria-scheila-fiscalizacao_da_calcada_em_volta_do_jatec.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1405/119-ver.maria-scheila-iluminacao_no_patio_der-locallizado_na_av._sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1406/120-fernando_b_ribeiro-80_hs_curso_realizado.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1407/121-vereadores-projeto_de_reciclagem_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1408/122-ver.anderleia-transformar_a_rua_em_viela_atras_do_clube_jatec.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1409/123-ver.anderleia-jose-sxheila-parquinho-praca_central.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1410/124-ver.maria-scheila-campinho_na_vila_operaria.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1477/125-ver.maria-scheila-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1411/126-giovana-2a_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1412/127-giovana-_3a_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1413/128-alguns_vereadores-dificuldade_no_transito_da_rua_rolandia.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1414/129-jiva-scheila-programa_saude_na_escolapse0.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1415/130-ivan_takemoto-negado_4a_pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1416/131-andre_mello-curso_tce-pr_em_maringa-pr.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1417/132-rafael_paladine--curso_tce-pr_em_maringa-pr.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1418/133-ver.scheila-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1419/134-alguns_vere.contratar_profissionais_de_psicologia.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1420/135-alguns_ver.-banheiro-calcada-reforma-newton_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1421/136-alguns_ver.-asfaltar_final_da_rua_janina_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1422/137-maria-scheila-reforma_geral-salao_comunitario_da_vila_rural.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1423/138-ver.scheila-lista_de_espera_por_vagas_em_creche.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1587/139-2025-scheila-cacamba_funeraria.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1424/140-alguns_ver.-sala_especializada-autismo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1425/141-ver.thanya-adquirir_novas_camisolas_para_o_hospital_municipal.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1586/142-2025-thanya-cmei_jd_oliveira_seja_nominado_de_...amaral_zacardi.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1426/143-ver.scheila-maria-terreno_no_der.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1427/144-ivan_takemoto-pos-especalizacao_em_gestao_estrategica_da_ti.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1428/145-fernando-4apos_em_mba_gestao_publica.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1429/146-ivan_takemoto-_pos-especializacao_em_seguranca_da_informacao.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1430/147-fernando-pos-_em_mba_pericia_contabil.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1478/148-ver.abel-viveiro_municipal.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1571/149-2025-lucia-scheila-jose-residencial_bela.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1431/150-luis-sagu-pedido-documentacao_p_aposentadoria.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1432/151-ver.thanya-arquivado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1433/152-miliane_barbosa-curso_tcepr-londrina.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1434/153-liria_golfetto-curso_tcepr-londrina.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1435/154-andre_mello-curso_tcepr-londrina.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1436/155-miliane_de_melo_barbosa-curso_em_curitiba-pr.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1437/156-liria_golfetto-curso_em_curitiba-pr.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1438/157-andre_mello-curso_em_curitiba-pr.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1439/158-giovana-40_hs_de_curso_realizado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1440/159-rafael_paladine-curso_na_ass.legislativa--curitiba.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1441/160-alguns_ver.-tapa_buracos.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1442/161-alguns_ver.-troncos_das_arvores.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1443/162-ver.scheila-maria-quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1444/163-ver.scheila-maria-cameras_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1445/164-req._transformado_em_anteprojeto_de_lei_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1446/165-req_165-2025_transf._em_anteprojeto_de_lei_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1479/166-ivan_takemoto-pos-mba_em_gestao_publica_e_inovacao.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1447/167-ver.maria-scheila-terreno_atras_da_escola_paulo_freire-jd_bela.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1448/168-eliana_marioto-6a_pos-compliance_governamental_e_corporativo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1449/169-ver._thanya-plano_de_carreira_dos_servidores_municipais.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1450/170-ver.thanya-tornar_mao_unica_2_ruas.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1451/171-alguns_ver-capacitacoes_na_rede_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1452/172-ver.thanya-iluminacao_do_espaco_thaeme.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1453/173-ver.jiva-residencial_rosa-interligar_as_ruas_do_fundo.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1454/174-ver.anderleia-paulo-promover_pelo_menos_uma_vez_um_evento_cultural.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1455/175-alguns_ver._-asfaltar_rua_no_conj._alfredo_baticioto.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1456/176-ver.scheila-maria-jose-praca-academia_de_saude_vila_rural.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1457/177-alguns_ver.-lei_no_13146-2015-tea-espectro_autista.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1458/178-ver.juvaldi-curso_legislativo_experiense-ceap-curitiba.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1459/179-ver.jiva-curso_legislativo_experiense-ceap-curitiba.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1460/180-rafael_paladine-curso_legislativo_experiense-ceap-curitiba.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1461/181-andre_mello-curso_legislativo_experiense-ceap-curitiba.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1462/183-ver.anderleia-paulo-construir_cobertura_ubs_dona_conchita.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1463/184-alguns_ver.instalar_cameras_de_seguranca_e_radar.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1464/185-fernando_ribeiro-pos-direito_administrativo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1465/187-ver.scheila-maria-jose-espaco_de_lazer-residencial_rosa.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1575/188-2025-saida_de_emergencia-escola_paulo_freire.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1576/189-aparelhos_p_exercicio_fisico_dentro_no_caps.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1577/190-2025-informacoes_p_viabilidade_de_ampliar_o_atendimento_do_laboratorio_municipal.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1578/191-2025-secretaria_de_educacao_adquira_camas_empilhaveis_p_os_cmeis.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1579/192-2025-recontratar_a_dermatologista_dr._estela.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1572/194-2025-scheila-lucia-diarias-lei_no_058-2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1574/195-2025-thanya-transporte_coletivo_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1480/196-eliana_marioto-80_hs_de_cursos_realizados.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1481/197-fernando_ribeiro_bigotto-pos-direito_constitucional.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1482/198-algunsver.-transtorno_do_espectro_autista.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1483/199-ver.thanya-transporte_escolar-documentacao.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1580/200-2025-contratar_um_dermatologista.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1581/201-2025-porta_p_saida_de_emergencia_na_escola_paulo_freire.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1582/202-2025-instalar_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1583/203-2025-piso_tatil_nas_calcadas_publicas.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1584/204-2025-manutencao_das_portas_das_escolas_e_cmeis.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1585/205-2025-consertar_buraco-rua_izidoro_sandoli.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1573/206-2025-cras.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1486/207-ver.anderleia-paulo-tea-neuropediatra.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1484/208-algusnver.-atendimento_odontologico_no_posto_central.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1485/209-algunsver.-programas_de_educacao_digital_etc..pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1487/210-algunsver.reforma_quadra_no_conjunto_franc.consalter.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1530/211-ver.-thanya-iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1529/212-profissional_da_farmacia_ubs_carlos_nascimento-farmacia_especial.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1528/213-anderleia-paulo-contratar_medico_ortopedista.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1527/214-ver.anderleia-paulo-piso_superiior_da_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1526/215-alguns.ver-contratacao_de_um_gari.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1525/216-alguns_ver.-sepultador.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1524/217-alguns_ver.-violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1523/219-vereadores-instalacao_de_lixeiras.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1488/221-andre_mello-5a-pos-graduacao.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1589/222-2025-informacoes_dos_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1590/223-anderleia-paulo-sinalizacao_das_ruas.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1591/224-2025-scheila-tampas_de_bueiros.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1592/225-2025-lucia_e_scheila-estacionamento_cida_nascimento.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1593/226-2025-instalar_corrimao_na_casa_de_apoio-londrina.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1594/227-2025-conservacao_das_calcadas_muros_e_grades_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1595/228-2025-instalar_ponto_de_onibus_em_frente_ao_hospital.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1596/229-2025-scheila-lucia-seguranca_no_trafego_de_veiculos_e_pedestres.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1597/230-2025-scheila-instalar_parque-conjunto_alto_da_gruta.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1598/231-2025-algunsver-tapa-buraco-proximo_forum_eleitoral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1599/236-2025-scheila-solic.inform-eleicao_de_diretores_do_ensino_infantil.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1600/237-2025-thanya-scheila-plano_de_saude-assis.odont-funeraria.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1601/238-2025-abel-travesdefutsal-espaco_thaeme.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1602/240-2025-thanya-informacoes_do_auxiliar_de_dentista.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1603/241-2025-thanya-scheila-cameras_de_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1604/242-2025-scheila-implantacao_de_aulas_de_defesa.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1606/244-2025-algunsver-desfibrilador.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1608/245-2025-algunsver-aparelho_eletrocardiograma.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1607/246-2025-jivanildo-um_novo_horario_para_londrina-onibus.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1609/247-algunsver.informacoes_da_medica_veterinaria.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1610/248-2025-bancada_parlamentar-aparelho_recover_mmo_de_laserterapia.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1611/249-2025-anderleia-visita_ao_dep._cobra_reporter.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.jaguapita.pr.leg.br/media/sapl/public/materialegislativa/2025/1612/251-2025-liria-curso_inteligencia_artificial.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H201"/>
+  <dimension ref="A1:H235"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="158.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -4600,74 +5020,74 @@
       </c>
       <c r="G70" s="1" t="s">
         <v>285</v>
       </c>
       <c r="H70" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>287</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>288</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
         <v>12</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>69</v>
+        <v>289</v>
       </c>
       <c r="H71" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
         <v>12</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>292</v>
+        <v>69</v>
       </c>
       <c r="H72" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>294</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>295</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
         <v>12</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>296</v>
       </c>
       <c r="H73" t="s">
@@ -4691,75 +5111,75 @@
         <v>12</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>300</v>
       </c>
       <c r="H74" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>302</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>303</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
         <v>12</v>
       </c>
-      <c r="F75" t="s">
+      <c r="G75" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="G75" s="1" t="s">
+      <c r="H75" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>306</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
         <v>307</v>
       </c>
-      <c r="B76" t="s">
-[...2 lines deleted...]
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>12</v>
+      </c>
+      <c r="F76" t="s">
         <v>308</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>309</v>
       </c>
       <c r="H76" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>311</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>312</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
         <v>12</v>
       </c>
       <c r="G77" s="1" t="s">
@@ -4810,74 +5230,74 @@
       </c>
       <c r="G79" s="1" t="s">
         <v>321</v>
       </c>
       <c r="H79" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>323</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>324</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>69</v>
+        <v>325</v>
       </c>
       <c r="H80" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>328</v>
+        <v>69</v>
       </c>
       <c r="H81" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>330</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>331</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
         <v>12</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>332</v>
       </c>
       <c r="H82" t="s">
@@ -5039,75 +5459,75 @@
         <v>12</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>360</v>
       </c>
       <c r="H89" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>362</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>363</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
         <v>12</v>
       </c>
-      <c r="F90" t="s">
+      <c r="G90" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="G90" s="1" t="s">
+      <c r="H90" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>366</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
         <v>367</v>
       </c>
-      <c r="B91" t="s">
-[...2 lines deleted...]
-      <c r="C91" t="s">
+      <c r="D91" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" t="s">
+        <v>12</v>
+      </c>
+      <c r="F91" t="s">
         <v>368</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>369</v>
       </c>
       <c r="H91" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>371</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>372</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
         <v>12</v>
       </c>
       <c r="G92" s="1" t="s">
@@ -5226,75 +5646,75 @@
         <v>12</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>393</v>
       </c>
       <c r="H97" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>395</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>396</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
-      <c r="F98" t="s">
+      <c r="G98" s="1" t="s">
         <v>397</v>
       </c>
-      <c r="G98" s="1" t="s">
+      <c r="H98" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>399</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
         <v>400</v>
       </c>
-      <c r="B99" t="s">
-[...2 lines deleted...]
-      <c r="C99" t="s">
+      <c r="D99" t="s">
+        <v>11</v>
+      </c>
+      <c r="E99" t="s">
+        <v>12</v>
+      </c>
+      <c r="F99" t="s">
         <v>401</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>402</v>
       </c>
       <c r="H99" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>404</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>405</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="G100" s="1" t="s">
@@ -5321,76 +5741,76 @@
         <v>12</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>410</v>
       </c>
       <c r="H101" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>412</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>413</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
         <v>12</v>
       </c>
-      <c r="F102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G102" s="1" t="s">
         <v>414</v>
       </c>
       <c r="H102" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>416</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>417</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
+      <c r="F103" t="s">
+        <v>401</v>
+      </c>
       <c r="G103" s="1" t="s">
         <v>418</v>
       </c>
       <c r="H103" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>420</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>421</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>422</v>
@@ -5416,174 +5836,174 @@
         <v>12</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>426</v>
       </c>
       <c r="H105" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>428</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>429</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
         <v>12</v>
       </c>
-      <c r="F106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G106" s="1" t="s">
         <v>430</v>
       </c>
       <c r="H106" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>432</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>433</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
         <v>12</v>
       </c>
+      <c r="F107" t="s">
+        <v>308</v>
+      </c>
       <c r="G107" s="1" t="s">
         <v>434</v>
       </c>
       <c r="H107" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>436</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>437</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>438</v>
       </c>
       <c r="H108" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>440</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>441</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
-      <c r="F109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G109" s="1" t="s">
         <v>442</v>
       </c>
       <c r="H109" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>444</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>445</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
         <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>446</v>
       </c>
       <c r="H110" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>448</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>449</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
+      <c r="F111" t="s">
+        <v>308</v>
+      </c>
       <c r="G111" s="1" t="s">
         <v>450</v>
       </c>
       <c r="H111" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>452</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>453</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>454</v>
@@ -5632,128 +6052,128 @@
         <v>12</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>462</v>
       </c>
       <c r="H114" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>464</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>465</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
-      <c r="F115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G115" s="1" t="s">
         <v>466</v>
       </c>
       <c r="H115" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>468</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>469</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="F116" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>470</v>
       </c>
       <c r="H116" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>472</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>473</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
         <v>12</v>
       </c>
       <c r="F117" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>474</v>
       </c>
       <c r="H117" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>476</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>477</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
+      <c r="F118" t="s">
+        <v>401</v>
+      </c>
       <c r="G118" s="1" t="s">
         <v>478</v>
       </c>
       <c r="H118" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>480</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>481</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>482</v>
@@ -5825,76 +6245,76 @@
         <v>12</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>494</v>
       </c>
       <c r="H122" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>496</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>497</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123" t="s">
         <v>12</v>
       </c>
-      <c r="F123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G123" s="1" t="s">
         <v>498</v>
       </c>
       <c r="H123" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>500</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>501</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
       <c r="E124" t="s">
         <v>12</v>
       </c>
+      <c r="F124" t="s">
+        <v>308</v>
+      </c>
       <c r="G124" s="1" t="s">
         <v>502</v>
       </c>
       <c r="H124" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>504</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>505</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125" t="s">
         <v>12</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>506</v>
@@ -6794,53 +7214,50 @@
         <v>12</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>662</v>
       </c>
       <c r="H164" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>664</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
         <v>665</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
       <c r="E165" t="s">
         <v>12</v>
       </c>
-      <c r="F165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G165" s="1" t="s">
         <v>666</v>
       </c>
       <c r="H165" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>668</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>669</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
       <c r="E166" t="s">
         <v>12</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>670</v>
@@ -6866,50 +7283,53 @@
         <v>12</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>674</v>
       </c>
       <c r="H167" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>676</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>677</v>
       </c>
       <c r="D168" t="s">
         <v>11</v>
       </c>
       <c r="E168" t="s">
         <v>12</v>
       </c>
+      <c r="F168" t="s">
+        <v>308</v>
+      </c>
       <c r="G168" s="1" t="s">
         <v>678</v>
       </c>
       <c r="H168" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>680</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>681</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169" t="s">
         <v>12</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>682</v>
@@ -6935,53 +7355,50 @@
         <v>12</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>686</v>
       </c>
       <c r="H170" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>688</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>689</v>
       </c>
       <c r="D171" t="s">
         <v>11</v>
       </c>
       <c r="E171" t="s">
         <v>12</v>
       </c>
-      <c r="F171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G171" s="1" t="s">
         <v>690</v>
       </c>
       <c r="H171" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>692</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>693</v>
       </c>
       <c r="D172" t="s">
         <v>11</v>
       </c>
       <c r="E172" t="s">
         <v>12</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>694</v>
@@ -7007,50 +7424,53 @@
         <v>12</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>698</v>
       </c>
       <c r="H173" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>700</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>701</v>
       </c>
       <c r="D174" t="s">
         <v>11</v>
       </c>
       <c r="E174" t="s">
         <v>12</v>
       </c>
+      <c r="F174" t="s">
+        <v>308</v>
+      </c>
       <c r="G174" s="1" t="s">
         <v>702</v>
       </c>
       <c r="H174" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>704</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>705</v>
       </c>
       <c r="D175" t="s">
         <v>11</v>
       </c>
       <c r="E175" t="s">
         <v>12</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>706</v>
@@ -7633,50 +8053,832 @@
       <c r="H200" t="s">
         <v>807</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>808</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>809</v>
       </c>
       <c r="D201" t="s">
         <v>11</v>
       </c>
       <c r="E201" t="s">
         <v>12</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>810</v>
       </c>
       <c r="H201" t="s">
         <v>811</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>812</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>813</v>
+      </c>
+      <c r="D202" t="s">
+        <v>11</v>
+      </c>
+      <c r="E202" t="s">
+        <v>12</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="H202" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>816</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>817</v>
+      </c>
+      <c r="D203" t="s">
+        <v>11</v>
+      </c>
+      <c r="E203" t="s">
+        <v>12</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="H203" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>820</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>821</v>
+      </c>
+      <c r="D204" t="s">
+        <v>11</v>
+      </c>
+      <c r="E204" t="s">
+        <v>12</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="H204" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>824</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>825</v>
+      </c>
+      <c r="D205" t="s">
+        <v>11</v>
+      </c>
+      <c r="E205" t="s">
+        <v>12</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="H205" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>828</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>829</v>
+      </c>
+      <c r="D206" t="s">
+        <v>11</v>
+      </c>
+      <c r="E206" t="s">
+        <v>12</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="H206" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>832</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>833</v>
+      </c>
+      <c r="D207" t="s">
+        <v>11</v>
+      </c>
+      <c r="E207" t="s">
+        <v>12</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="H207" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>836</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>837</v>
+      </c>
+      <c r="D208" t="s">
+        <v>11</v>
+      </c>
+      <c r="E208" t="s">
+        <v>12</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="H208" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>840</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>841</v>
+      </c>
+      <c r="D209" t="s">
+        <v>11</v>
+      </c>
+      <c r="E209" t="s">
+        <v>12</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="H209" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>844</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>845</v>
+      </c>
+      <c r="D210" t="s">
+        <v>11</v>
+      </c>
+      <c r="E210" t="s">
+        <v>12</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="H210" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>848</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>849</v>
+      </c>
+      <c r="D211" t="s">
+        <v>11</v>
+      </c>
+      <c r="E211" t="s">
+        <v>12</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="H211" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>852</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>853</v>
+      </c>
+      <c r="D212" t="s">
+        <v>11</v>
+      </c>
+      <c r="E212" t="s">
+        <v>12</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="H212" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>856</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>857</v>
+      </c>
+      <c r="D213" t="s">
+        <v>11</v>
+      </c>
+      <c r="E213" t="s">
+        <v>12</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="H213" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>860</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>861</v>
+      </c>
+      <c r="D214" t="s">
+        <v>11</v>
+      </c>
+      <c r="E214" t="s">
+        <v>12</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="H214" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>864</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>865</v>
+      </c>
+      <c r="D215" t="s">
+        <v>11</v>
+      </c>
+      <c r="E215" t="s">
+        <v>12</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="H215" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>868</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>869</v>
+      </c>
+      <c r="D216" t="s">
+        <v>11</v>
+      </c>
+      <c r="E216" t="s">
+        <v>12</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="H216" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>872</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>873</v>
+      </c>
+      <c r="D217" t="s">
+        <v>11</v>
+      </c>
+      <c r="E217" t="s">
+        <v>12</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H217" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>876</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>877</v>
+      </c>
+      <c r="D218" t="s">
+        <v>11</v>
+      </c>
+      <c r="E218" t="s">
+        <v>12</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="H218" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>880</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>881</v>
+      </c>
+      <c r="D219" t="s">
+        <v>11</v>
+      </c>
+      <c r="E219" t="s">
+        <v>12</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="H219" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>884</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>885</v>
+      </c>
+      <c r="D220" t="s">
+        <v>11</v>
+      </c>
+      <c r="E220" t="s">
+        <v>12</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="H220" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>888</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>889</v>
+      </c>
+      <c r="D221" t="s">
+        <v>11</v>
+      </c>
+      <c r="E221" t="s">
+        <v>12</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="H221" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>892</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>893</v>
+      </c>
+      <c r="D222" t="s">
+        <v>11</v>
+      </c>
+      <c r="E222" t="s">
+        <v>12</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="H222" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>896</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>897</v>
+      </c>
+      <c r="D223" t="s">
+        <v>11</v>
+      </c>
+      <c r="E223" t="s">
+        <v>12</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="H223" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>900</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>901</v>
+      </c>
+      <c r="D224" t="s">
+        <v>11</v>
+      </c>
+      <c r="E224" t="s">
+        <v>12</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="H224" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>904</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>905</v>
+      </c>
+      <c r="D225" t="s">
+        <v>11</v>
+      </c>
+      <c r="E225" t="s">
+        <v>12</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="H225" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>908</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>909</v>
+      </c>
+      <c r="D226" t="s">
+        <v>11</v>
+      </c>
+      <c r="E226" t="s">
+        <v>12</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="H226" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>912</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>913</v>
+      </c>
+      <c r="D227" t="s">
+        <v>11</v>
+      </c>
+      <c r="E227" t="s">
+        <v>12</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="H227" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>916</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>917</v>
+      </c>
+      <c r="D228" t="s">
+        <v>11</v>
+      </c>
+      <c r="E228" t="s">
+        <v>12</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H228" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>919</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>920</v>
+      </c>
+      <c r="D229" t="s">
+        <v>11</v>
+      </c>
+      <c r="E229" t="s">
+        <v>12</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="H229" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>923</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>924</v>
+      </c>
+      <c r="D230" t="s">
+        <v>11</v>
+      </c>
+      <c r="E230" t="s">
+        <v>12</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="H230" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>927</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>928</v>
+      </c>
+      <c r="D231" t="s">
+        <v>11</v>
+      </c>
+      <c r="E231" t="s">
+        <v>12</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="H231" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>931</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>932</v>
+      </c>
+      <c r="D232" t="s">
+        <v>11</v>
+      </c>
+      <c r="E232" t="s">
+        <v>12</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="H232" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>935</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>936</v>
+      </c>
+      <c r="D233" t="s">
+        <v>11</v>
+      </c>
+      <c r="E233" t="s">
+        <v>12</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="H233" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>939</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>940</v>
+      </c>
+      <c r="D234" t="s">
+        <v>11</v>
+      </c>
+      <c r="E234" t="s">
+        <v>12</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="H234" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>943</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>944</v>
+      </c>
+      <c r="D235" t="s">
+        <v>11</v>
+      </c>
+      <c r="E235" t="s">
+        <v>12</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="H235" t="s">
+        <v>946</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7837,50 +9039,84 @@
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
     <hyperlink ref="G189" r:id="rId188"/>
     <hyperlink ref="G190" r:id="rId189"/>
     <hyperlink ref="G191" r:id="rId190"/>
     <hyperlink ref="G192" r:id="rId191"/>
     <hyperlink ref="G193" r:id="rId192"/>
     <hyperlink ref="G194" r:id="rId193"/>
     <hyperlink ref="G195" r:id="rId194"/>
     <hyperlink ref="G196" r:id="rId195"/>
     <hyperlink ref="G197" r:id="rId196"/>
     <hyperlink ref="G198" r:id="rId197"/>
     <hyperlink ref="G199" r:id="rId198"/>
     <hyperlink ref="G200" r:id="rId199"/>
     <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>